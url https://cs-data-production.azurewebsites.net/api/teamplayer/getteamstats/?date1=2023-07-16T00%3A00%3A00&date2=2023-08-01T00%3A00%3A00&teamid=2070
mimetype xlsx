--- v0 (2025-10-29)
+++ v1 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6955310bce44d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb5a00e569bc4fd8940baccb61c0d464.psmdcp" Id="Rb50caf86df6c49c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63158d5212d4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6c4c4aaa29a4db881c2a9c4460c5b37.psmdcp" Id="Reccbc8ea4dd1409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="109">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -800,51 +800,51 @@
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H2" s="0" t="n">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K2" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="A3" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
@@ -899,51 +899,51 @@
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H5" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I5" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
@@ -998,185 +998,185 @@
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H8" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I8" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="J8" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K8" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H9" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I9" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J9" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H12" s="0" t="n">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I12" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K12" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
@@ -1234,83 +1234,83 @@
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E15" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H15" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I15" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K15" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E16" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H16" s="0" t="n">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I16" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K16" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E17" s="0" t="n">
@@ -1330,118 +1330,118 @@
       </x:c>
       <x:c r="K17" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E18" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="0" t="n">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I18" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J18" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K18" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E19" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H19" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I19" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J19" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K19" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K20" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">
@@ -1461,51 +1461,51 @@
       </x:c>
       <x:c r="K21" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E22" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H22" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I22" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K22" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E23" s="0" t="n">