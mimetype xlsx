--- v1 (2025-12-21)
+++ v2 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63158d5212d4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6c4c4aaa29a4db881c2a9c4460c5b37.psmdcp" Id="Reccbc8ea4dd1409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R829ddaa005444ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0e505981c2448f4b4f0c11cdc631f9a.psmdcp" Id="R45d33fea075c4e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="109">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>