--- v0 (2025-10-03)
+++ v1 (2025-11-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336a9bad2ecd42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/899b6800ad5749d5ac78131022eb4c21.psmdcp" Id="R7d1790f40eaf4501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc7d1e6ef1a484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/023e72e3055d4197b7920dd132445cf1.psmdcp" Id="R2714eecd040148d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>