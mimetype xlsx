--- v1 (2025-11-24)
+++ v2 (2026-01-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc7d1e6ef1a484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/023e72e3055d4197b7920dd132445cf1.psmdcp" Id="R2714eecd040148d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2172e01dc922431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7bcda5c8427f422783539fa6be60de8e.psmdcp" Id="Rda86e10bcc5445c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>