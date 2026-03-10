--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2172e01dc922431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7bcda5c8427f422783539fa6be60de8e.psmdcp" Id="Rda86e10bcc5445c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528e52feb83148d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/affbe116b9aa440b9386ff96da29ecf3.psmdcp" Id="Rf539b57c3da542c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>