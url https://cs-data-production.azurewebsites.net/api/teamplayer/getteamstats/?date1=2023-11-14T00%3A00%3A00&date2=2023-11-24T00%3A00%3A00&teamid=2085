--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc577ba6982a04e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ccd59aac56f420dbf879f068507c722.psmdcp" Id="R548682881f9d4565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53f84cc3b0dc473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c8ca3aa75ce40ecba19cce6084fe62e.psmdcp" Id="R01013a16ff52447e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>