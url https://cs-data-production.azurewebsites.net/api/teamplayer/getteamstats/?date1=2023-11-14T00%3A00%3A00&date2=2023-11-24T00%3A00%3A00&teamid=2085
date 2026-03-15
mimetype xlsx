--- v1 (2025-12-22)
+++ v2 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53f84cc3b0dc473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c8ca3aa75ce40ecba19cce6084fe62e.psmdcp" Id="R01013a16ff52447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb58ce0a3354f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7b1e1d874a84b3b9260f5fb537edf9c.psmdcp" Id="R24a947d0812b4f94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -963,51 +963,51 @@
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
@@ -1059,51 +1059,51 @@
       </x:c>
       <x:c r="K12" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K13" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">