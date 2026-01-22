--- v0 (2025-11-23)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f8246802214ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43553e73960c429c8ace877946a90182.psmdcp" Id="R5594dd2f2c2b4891" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e909d2e9284a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ee603cc616f432f94f2413b7fd96572.psmdcp" Id="Re9493c482b064615" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>