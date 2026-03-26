--- v1 (2026-01-22)
+++ v2 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9e909d2e9284a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ee603cc616f432f94f2413b7fd96572.psmdcp" Id="Re9493c482b064615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8677b2b4d171491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/094ef035dad64b36b6f416a8e1d3888a.psmdcp" Id="Rd6f636364c2d4378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -730,51 +730,51 @@
       </x:c>
       <x:c r="J2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K2" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="B3" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K3" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="B4" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
@@ -904,51 +904,51 @@
       </x:c>
       <x:c r="J8" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K8" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="B9" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H9" s="0" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I9" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J9" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="B10" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">