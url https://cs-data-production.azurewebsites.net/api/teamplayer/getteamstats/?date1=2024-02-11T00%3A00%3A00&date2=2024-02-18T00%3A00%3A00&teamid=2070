--- v0 (2025-11-22)
+++ v1 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra371bb88f4d84e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/def320ef27ed415f943b5e016267f6ae.psmdcp" Id="R5a2d7b74b1fe42c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ee334d3b0c452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73ab0feb271b42c1a46edd5d3c10a349.psmdcp" Id="R174b87d6155742e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -715,80 +715,80 @@
       </x:c>
       <x:c r="J2" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K2" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="B3" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K3" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="B4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J4" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="B5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
@@ -802,83 +802,83 @@
       </x:c>
       <x:c r="J5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="B6" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J6" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K6" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="B7" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E7" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="0" t="n">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I7" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="J7" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K7" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="B8" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
@@ -924,80 +924,80 @@
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="B10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="B11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="B12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
@@ -1011,51 +1011,51 @@
       </x:c>
       <x:c r="J12" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K12" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="B13" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K13" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="B14" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">