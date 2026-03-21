--- v1 (2026-01-21)
+++ v2 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ee334d3b0c452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73ab0feb271b42c1a46edd5d3c10a349.psmdcp" Id="R174b87d6155742e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32da9beac704546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81f4921e766d4a4b9156a554bc998041.psmdcp" Id="R4ee94b79ba9d41b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -715,80 +715,80 @@
       </x:c>
       <x:c r="J2" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K2" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
       <x:c r="B3" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E3" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H3" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I3" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J3" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K3" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:11">
       <x:c r="B4" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E4" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I4" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J4" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="B5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E5" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
@@ -802,83 +802,83 @@
       </x:c>
       <x:c r="J5" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K5" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="B6" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E6" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="0" t="n">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="I6" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J6" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K6" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="B7" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E7" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="0" t="n">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I7" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="J7" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K7" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="B8" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
@@ -892,112 +892,112 @@
       </x:c>
       <x:c r="J8" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K8" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="B9" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H9" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J9" s="0" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="B10" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="B11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H11" s="0" t="n">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K11" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="B12" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E12" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
@@ -1011,54 +1011,54 @@
       </x:c>
       <x:c r="J12" s="0" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K12" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="B13" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E13" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H13" s="0" t="n">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I13" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K13" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="B14" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E14" s="0" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H14" s="0" t="n">