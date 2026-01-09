--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57dcb9cda0af4b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bf87528edab43bea087868ca5835cd7.psmdcp" Id="R6d55709ab5694b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb974231c3758412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8e8ffc2a89b4f6a9c3df40e947cca2f.psmdcp" Id="Rc34584e8fbac481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1011,51 +1011,51 @@
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K10" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E11" s="0" t="n">