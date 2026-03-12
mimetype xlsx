--- v1 (2026-01-09)
+++ v2 (2026-03-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb974231c3758412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8e8ffc2a89b4f6a9c3df40e947cca2f.psmdcp" Id="Rc34584e8fbac481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb787c0b9a8e4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a6e3e64ef914c0bbd2e1a869bce242c.psmdcp" Id="R886c5ba28e704d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -1331,51 +1331,51 @@
       </x:c>
       <x:c r="K19" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E20" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H20" s="0" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I20" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K20" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E21" s="0" t="n">