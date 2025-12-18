--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab31cf058a6c4edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51a09f496f7d4a79b4a37ac58f1aa99a.psmdcp" Id="R5b1fa0771d844051" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R414418b9ac0f4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61eec0a92fce4bda810040ce26fe7894.psmdcp" Id="Rcb978dd656024702" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -973,51 +973,51 @@
       </x:c>
       <x:c r="K8" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E9" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H9" s="0" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="I9" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J9" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K9" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E10" s="0" t="n">