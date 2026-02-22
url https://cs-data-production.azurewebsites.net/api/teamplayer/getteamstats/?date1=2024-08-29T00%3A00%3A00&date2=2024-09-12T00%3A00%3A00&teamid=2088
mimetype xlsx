--- v1 (2025-12-18)
+++ v2 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R414418b9ac0f4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61eec0a92fce4bda810040ce26fe7894.psmdcp" Id="Rcb978dd656024702" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec03e651b68c4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/025a953f3bc74bf89f7afcef3dfdb1ba.psmdcp" Id="R2b3c1a98f3dd49c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-20" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>