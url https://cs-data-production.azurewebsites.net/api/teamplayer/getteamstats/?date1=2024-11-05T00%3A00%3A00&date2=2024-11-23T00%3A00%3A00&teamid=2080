--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R360b19d118c24b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/daa63adcc10f4fcba7e35b136e3e0e54.psmdcp" Id="R48e64a940ae84c4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc95306274f284cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56ba8ec1a4334cdcad1e0ed1566efa37.psmdcp" Id="R8220d5e523eb4451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>