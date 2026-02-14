--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc95306274f284cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56ba8ec1a4334cdcad1e0ed1566efa37.psmdcp" Id="R8220d5e523eb4451" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a2657db4554148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92e240b3d204435fad96dc6f87efc2f4.psmdcp" Id="Rf144a5debcfd4f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>