--- v2 (2026-02-14)
+++ v3 (2026-02-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a2657db4554148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92e240b3d204435fad96dc6f87efc2f4.psmdcp" Id="Rf144a5debcfd4f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac0ef2b2707d4391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05baca33aed54df08fb4c585f8d79f90.psmdcp" Id="R0c2217b69e234b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>