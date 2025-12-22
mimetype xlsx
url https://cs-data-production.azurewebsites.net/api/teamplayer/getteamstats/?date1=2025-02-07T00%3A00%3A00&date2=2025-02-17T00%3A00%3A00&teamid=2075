--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5494df91e74e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8c3c90b640849298d456f93a81b2681.psmdcp" Id="R691fdd3b11ae4c49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8ef6799b4a481e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/453a8cb087654f82b9f5e706842504b8.psmdcp" Id="Rd9df8aa264ae4fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="89">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -124,51 +124,51 @@
   <x:si>
     <x:t>Orléans, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=57064</x:t>
   </x:si>
   <x:si>
     <x:t>Sergei Kozlovskiy</x:t>
   </x:si>
   <x:si>
     <x:t>CAN / CF Montréal</x:t>
   </x:si>
   <x:si>
     <x:t>Montréal, Québec, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=56582</x:t>
   </x:si>
   <x:si>
     <x:t>F</x:t>
   </x:si>
   <x:si>
     <x:t>Shola Jimoh</x:t>
   </x:si>
   <x:si>
-    <x:t>CAN / York United FC</x:t>
+    <x:t>CAN / Inter Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>Newcastle-Upon-Tyne, ENG &amp; Brampton, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=56575</x:t>
   </x:si>
   <x:si>
     <x:t>Kevin Khan</x:t>
   </x:si>
   <x:si>
     <x:t>NED / Feyenoord</x:t>
   </x:si>
   <x:si>
     <x:t>Woodbridge, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=56580</x:t>
   </x:si>
   <x:si>
     <x:t>Aidan Evans</x:t>
   </x:si>
   <x:si>
     <x:t>ENG / Fulham FC Academy (youth)</x:t>
   </x:si>