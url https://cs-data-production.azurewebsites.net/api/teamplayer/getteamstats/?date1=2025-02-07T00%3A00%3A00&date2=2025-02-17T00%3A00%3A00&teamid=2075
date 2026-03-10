--- v1 (2025-12-22)
+++ v2 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8ef6799b4a481e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/453a8cb087654f82b9f5e706842504b8.psmdcp" Id="Rd9df8aa264ae4fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6fc1b2ec1d4c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b00fff62efa34d61b5f52dc1507f10cb.psmdcp" Id="R540f26374cf3431d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="89">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>