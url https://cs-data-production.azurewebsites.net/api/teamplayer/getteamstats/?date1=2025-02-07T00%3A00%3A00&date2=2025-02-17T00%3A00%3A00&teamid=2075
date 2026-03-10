--- v2 (2026-03-10)
+++ v3 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6fc1b2ec1d4c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b00fff62efa34d61b5f52dc1507f10cb.psmdcp" Id="R540f26374cf3431d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re50dc3bf142a46c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffc5007c004b49f294bce4d8751edf72.psmdcp" Id="R9afbed98cffb4770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="89">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>