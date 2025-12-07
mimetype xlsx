--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a5e2cc0dcd3475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fcafbc72ed2433fa0d0c4a8aeefe467.psmdcp" Id="R16965d0717124bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3709e5380f4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0750c1dc6d764245ba40783ab4ed8812.psmdcp" Id="Re7dfe52ca155482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>