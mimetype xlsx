--- v1 (2025-12-07)
+++ v2 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3709e5380f4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0750c1dc6d764245ba40783ab4ed8812.psmdcp" Id="Re7dfe52ca155482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e37d2063ab478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/022a9faf0da54ce5b086eb359c05b89a.psmdcp" Id="Raafae40a48fc43cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>