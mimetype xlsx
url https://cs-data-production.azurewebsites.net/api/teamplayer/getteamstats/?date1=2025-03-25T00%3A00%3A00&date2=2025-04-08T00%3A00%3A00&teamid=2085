--- v2 (2026-03-04)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e37d2063ab478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/022a9faf0da54ce5b086eb359c05b89a.psmdcp" Id="Raafae40a48fc43cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red11f2d450f44876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f51e9dfb8d4a4348b4b2fd52c04b1c99.psmdcp" Id="Rca69a7e9e4184803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>