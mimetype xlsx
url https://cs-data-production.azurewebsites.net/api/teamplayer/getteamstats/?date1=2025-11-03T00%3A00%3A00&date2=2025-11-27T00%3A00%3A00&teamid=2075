--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -1,339 +1,333 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f1cc9babd84a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e0a0bee91324db1add9bda8177ee0bc.psmdcp" Id="Rb593f6564e6e4ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc264db6294f84c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/167849a34d564514bd73e5f14a91ad11.psmdcp" Id="R9ccafa807ae143b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
     <x:t>Full Name</x:t>
   </x:si>
   <x:si>
     <x:t>Country / Club</x:t>
   </x:si>
   <x:si>
     <x:t>Age</x:t>
   </x:si>
   <x:si>
     <x:t>Where they grew up</x:t>
   </x:si>
   <x:si>
     <x:t>Phonetic</x:t>
   </x:si>
   <x:si>
     <x:t>Canada Appearances</x:t>
   </x:si>
   <x:si>
     <x:t>Canada Goals</x:t>
   </x:si>
   <x:si>
     <x:t>Canada Assists</x:t>
   </x:si>
   <x:si>
     <x:t>Profile Link</x:t>
   </x:si>
   <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sean Gormley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USA / Inter Miami CF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fort Myers, Florida, USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=57395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jonathan Ransom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USA / Atlanta United</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athens, Georgia, USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=57071</x:t>
+  </x:si>
+  <x:si>
     <x:t>M</x:t>
   </x:si>
   <x:si>
     <x:t>Sahil Deo</x:t>
   </x:si>
   <x:si>
     <x:t>CAN / Vancouver Whitecaps FC</x:t>
   </x:si>
   <x:si>
     <x:t>Port Coquitlam, ﻿British Columbia, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=56574</x:t>
   </x:si>
   <x:si>
+    <x:t>William Daniels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENG / Leicester City FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St-Hilaire, Québec, Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dylan Judelson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USA / Orlando City S.C.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darien, CT &amp; Winter Park, Florida, USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Josh Nteziryayo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAN / CF Montréal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terrebonne, Québec, Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sergei Kozlovskiy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAN / Atlético Ottawa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montréal, Québec, Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shola Jimoh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAN / York United FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Newcastle-Upon-Tyne, ENG &amp; Brampton, Ontario, Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kevin Khan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NED / Feyenoord</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodbridge, Ontario, Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marius  Aiyenero</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USA / Los Angeles FC II</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madison, Wisconsin, USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=57070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aidan Evans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENG / Fulham FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>London, England</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=57065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antone Bossenberry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAN / Toronto FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto, Ontario, Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Milo Beimers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIR / Glentoran FC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crawfordsburn, Northern Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=57067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Richard Chukwu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tim Fortier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elijah Roche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orléans, Ontario, Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=57064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuma Tsuji</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vancouver &amp; Maple Ridge, ﻿British Columbia, Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=57311</x:t>
+  </x:si>
+  <x:si>
     <x:t>Johnny Selemani</x:t>
   </x:si>
   <x:si>
     <x:t>Edmonton, Alberta, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=56590</x:t>
   </x:si>
   <x:si>
-    <x:t>Yuma Tsuji</x:t>
-[...89 lines deleted...]
-    <x:t>https://www.canadasoccer.com/profile/?id=56580</x:t>
+    <x:t>Aghilas Sadek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Longueuil, Québec, Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=56584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sasha Černič</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ITA / Sampdoria </x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.canadasoccer.com/profile/?id=57421</x:t>
   </x:si>
   <x:si>
     <x:t>Van Parker</x:t>
   </x:si>
   <x:si>
     <x:t>USA / Real Salt Lake</x:t>
   </x:si>
   <x:si>
     <x:t>Las Vegas, Nevada, USA</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=57376</x:t>
   </x:si>
   <x:si>
-    <x:t>Dylan Judelson</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Samsy Keita</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=57411</x:t>
-  </x:si>
-[...64 lines deleted...]
-    <x:t>https://www.canadasoccer.com/profile/?id=57071</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="3">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -387,51 +381,51 @@
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId28" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -673,67 +667,67 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56574" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56590" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57311" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56589" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56198" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57064" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56588" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56585" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57065" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56583" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56580" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57376" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56581" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57395" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56587" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57069" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57411" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56584" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56582" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56575" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57067" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56571" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57071" TargetMode="External" Id="rId27" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57395" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57071" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56574" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56583" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56581" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56587" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56582" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56575" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56580" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57070" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57065" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56585" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57067" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56198" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56588" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57064" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57311" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56590" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=56584" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57421" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57376" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canadasoccer.com/profile/?id=57411" TargetMode="External" Id="rId26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K24"/>
+  <x:dimension ref="A1:K23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.090625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.920625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="21.090625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="19.160625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.410625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.160625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="51.170625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.500625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.050625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="13.620625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.630625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="45.330625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
@@ -746,731 +740,764 @@
       </x:c>
       <x:c r="H1" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I1" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J1" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K1" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="B2" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E2" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K2" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:11">
+      <x:c r="A3" s="0" t="n">
+        <x:v>1</x:v>
+      </x:c>
       <x:c r="B3" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D3" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="E3" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I3" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J3" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K3" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:11">
+      <x:c r="A4" s="0" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="D4" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E4" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F4" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H4" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I4" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J4" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K4" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:11">
+      <x:c r="A5" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="C3" s="0" t="s">
-[...25 lines deleted...]
-      <x:c r="B4" s="0" t="s">
+      <x:c r="C5" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="H5" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I5" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K5" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:11">
+      <x:c r="A6" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D6" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="E6" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F6" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="H6" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I6" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J6" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K6" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:11">
+      <x:c r="A7" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="s">
-[...85 lines deleted...]
-      </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E7" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H7" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I7" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J7" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K7" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
+      <x:c r="A8" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E8" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F8" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I8" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J8" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K8" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:11">
+      <x:c r="A9" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I9" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J9" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K9" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:11">
+      <x:c r="A10" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="E10" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H10" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I10" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J10" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K10" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:11">
+      <x:c r="A11" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="E11" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I11" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K11" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:11">
+      <x:c r="A12" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E12" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H12" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I12" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J12" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K12" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:11">
+      <x:c r="A13" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I13" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J13" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K13" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:11">
+      <x:c r="A14" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="F8" s="0" t="s">
-[...16 lines deleted...]
-      <x:c r="B9" s="0" t="s">
+      <x:c r="C14" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E14" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J14" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K14" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:11">
+      <x:c r="A15" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="C9" s="0" t="s">
+      <x:c r="C15" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I15" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K15" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:11">
+      <x:c r="A16" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I16" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K16" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:11">
+      <x:c r="A17" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I17" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K17" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:11">
+      <x:c r="A18" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C18" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F18" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H18" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I18" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J18" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K18" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:11">
+      <x:c r="A19" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C19" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="E19" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I19" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J19" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K19" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:11">
+      <x:c r="A20" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="D9" s="0" t="s">
-[...34 lines deleted...]
-      <x:c r="F10" s="0" t="s">
+      <x:c r="E20" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H20" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I20" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J20" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K20" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:11">
+      <x:c r="A21" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I21" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K21" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:11">
+      <x:c r="A22" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I22" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J22" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K22" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:11">
+      <x:c r="A23" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="C23" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E23" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="H10" s="0" t="n">
-[...375 lines deleted...]
-      </x:c>
       <x:c r="H23" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I23" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J23" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K23" s="2" t="s">
-        <x:v>89</x:v>
-[...9 lines deleted...]
-      <x:c r="D24" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="K2" r:id="rId5"/>
     <x:hyperlink ref="K3" r:id="rId6"/>
     <x:hyperlink ref="K4" r:id="rId7"/>
     <x:hyperlink ref="K5" r:id="rId8"/>
     <x:hyperlink ref="K6" r:id="rId9"/>
     <x:hyperlink ref="K7" r:id="rId10"/>
     <x:hyperlink ref="K8" r:id="rId11"/>
     <x:hyperlink ref="K9" r:id="rId12"/>
     <x:hyperlink ref="K10" r:id="rId13"/>
     <x:hyperlink ref="K11" r:id="rId14"/>
     <x:hyperlink ref="K12" r:id="rId15"/>
     <x:hyperlink ref="K13" r:id="rId16"/>
     <x:hyperlink ref="K14" r:id="rId17"/>
     <x:hyperlink ref="K15" r:id="rId18"/>
     <x:hyperlink ref="K16" r:id="rId19"/>
     <x:hyperlink ref="K17" r:id="rId20"/>
     <x:hyperlink ref="K18" r:id="rId21"/>
     <x:hyperlink ref="K19" r:id="rId22"/>
     <x:hyperlink ref="K20" r:id="rId23"/>
     <x:hyperlink ref="K21" r:id="rId24"/>
     <x:hyperlink ref="K22" r:id="rId25"/>
     <x:hyperlink ref="K23" r:id="rId26"/>
-    <x:hyperlink ref="K24" r:id="rId27"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>