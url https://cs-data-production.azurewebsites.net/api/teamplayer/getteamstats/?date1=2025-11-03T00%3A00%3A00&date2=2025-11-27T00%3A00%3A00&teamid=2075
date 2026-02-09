--- v1 (2025-12-10)
+++ v2 (2026-02-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc264db6294f84c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/167849a34d564514bd73e5f14a91ad11.psmdcp" Id="R9ccafa807ae143b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a6f555b15c345f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f183de12e73949188c8bea2d78563ca7.psmdcp" Id="R3ef04203c3474836" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>
@@ -142,51 +142,51 @@
   <x:si>
     <x:t>Terrebonne, Québec, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=56587</x:t>
   </x:si>
   <x:si>
     <x:t>Sergei Kozlovskiy</x:t>
   </x:si>
   <x:si>
     <x:t>CAN / Atlético Ottawa</x:t>
   </x:si>
   <x:si>
     <x:t>Montréal, Québec, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=56582</x:t>
   </x:si>
   <x:si>
     <x:t>F</x:t>
   </x:si>
   <x:si>
     <x:t>Shola Jimoh</x:t>
   </x:si>
   <x:si>
-    <x:t>CAN / York United FC</x:t>
+    <x:t>CAN / Inter Toronto FC</x:t>
   </x:si>
   <x:si>
     <x:t>Newcastle-Upon-Tyne, ENG &amp; Brampton, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=56575</x:t>
   </x:si>
   <x:si>
     <x:t>Kevin Khan</x:t>
   </x:si>
   <x:si>
     <x:t>NED / Feyenoord</x:t>
   </x:si>
   <x:si>
     <x:t>Woodbridge, Ontario, Canada</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.canadasoccer.com/profile/?id=56580</x:t>
   </x:si>
   <x:si>
     <x:t>Marius  Aiyenero</x:t>
   </x:si>
   <x:si>
     <x:t>USA / Los Angeles FC II</x:t>
   </x:si>