--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe19181882284c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78edb8cbf5b2403f8305ab19e819c400.psmdcp" Id="R3d2be96a7fbe45df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f711a345654ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/acca127576db4cd38390aae6d122374b.psmdcp" Id="R410ce802c6234064" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Beach Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>