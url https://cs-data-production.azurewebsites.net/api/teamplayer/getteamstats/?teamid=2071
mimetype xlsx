--- v1 (2025-12-07)
+++ v2 (2026-01-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f711a345654ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/acca127576db4cd38390aae6d122374b.psmdcp" Id="R410ce802c6234064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c6d9c8358c4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2700fb5d6d704dc396f2add5ada815b7.psmdcp" Id="R991b145f9f8b4c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Beach Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>