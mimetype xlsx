--- v2 (2026-01-31)
+++ v3 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c6d9c8358c4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2700fb5d6d704dc396f2add5ada815b7.psmdcp" Id="R991b145f9f8b4c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d6c8eb5d2994a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33ba1165ba0c497a8c3af19bb9165ba8.psmdcp" Id="R019e869986d3400a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Beach Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>