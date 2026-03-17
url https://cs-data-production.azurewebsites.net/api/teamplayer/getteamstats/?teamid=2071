--- v3 (2026-03-17)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d6c8eb5d2994a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33ba1165ba0c497a8c3af19bb9165ba8.psmdcp" Id="R019e869986d3400a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf25b87baf07347b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35ed32b7915b4f9296c8c45991c22552.psmdcp" Id="Rf5e78eead1cb4183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Beach Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>