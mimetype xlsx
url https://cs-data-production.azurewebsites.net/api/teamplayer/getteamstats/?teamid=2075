--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa49720c1e441a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee259ab1aa454f8f97a2d95cf3b04294.psmdcp" Id="R79a5893c0ed74a58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R095dc210b957426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/affedd0f6bbb426398d3be2d834c3418.psmdcp" Id="R7c16b8fcde3c40d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>