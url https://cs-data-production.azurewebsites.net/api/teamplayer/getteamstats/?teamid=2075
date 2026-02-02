--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R095dc210b957426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/affedd0f6bbb426398d3be2d834c3418.psmdcp" Id="R7c16b8fcde3c40d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b13ec23adf04d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/375cd52f04054927a55dfc35cfc31a4e.psmdcp" Id="R84e1009e35f949b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>