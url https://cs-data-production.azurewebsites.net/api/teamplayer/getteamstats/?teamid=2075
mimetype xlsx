--- v2 (2026-02-02)
+++ v3 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b13ec23adf04d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/375cd52f04054927a55dfc35cfc31a4e.psmdcp" Id="R84e1009e35f949b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R712a6c43cdff4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85f173c149ca4479af48dbd1c6a3e71b.psmdcp" Id="Rfa116edb9aa84620" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Men's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>