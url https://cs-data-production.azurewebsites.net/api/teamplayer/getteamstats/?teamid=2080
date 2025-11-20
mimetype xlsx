--- v0 (2025-10-02)
+++ v1 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39cc7d023164aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1451f1084dbf499d83d43b2841c26f92.psmdcp" Id="Rbbb2690de5054884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce79274e3eb4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06757371e5364975b04dc2d01c63e6bb.psmdcp" Id="R330109d148974c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>