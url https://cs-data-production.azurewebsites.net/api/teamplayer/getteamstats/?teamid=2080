--- v1 (2025-11-20)
+++ v2 (2026-01-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce79274e3eb4cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06757371e5364975b04dc2d01c63e6bb.psmdcp" Id="R330109d148974c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a8e27e7f34f4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fee60bad2c554689bd9c6b0dec103c9c.psmdcp" Id="Rb95b3a38c8d0459b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>