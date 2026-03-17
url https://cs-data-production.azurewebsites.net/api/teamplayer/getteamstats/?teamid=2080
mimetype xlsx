--- v2 (2026-01-31)
+++ v3 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a8e27e7f34f4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fee60bad2c554689bd9c6b0dec103c9c.psmdcp" Id="Rb95b3a38c8d0459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1380f9793d4156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/192e6f50cbab4584b5a24259c9d49bc6.psmdcp" Id="Rf903c47274eb4bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>