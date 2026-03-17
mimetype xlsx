--- v3 (2026-03-17)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1380f9793d4156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/192e6f50cbab4584b5a24259c9d49bc6.psmdcp" Id="Rf903c47274eb4bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121e23be2bbc48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8eca851b40ce4c8c8781ad8febcecd1b.psmdcp" Id="R134cf3e15d77414d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Para Soccer National Team" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>