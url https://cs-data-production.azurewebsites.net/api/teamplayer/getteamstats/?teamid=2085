--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7787530ed2ed46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b60b63667a424f189abe128b29636a92.psmdcp" Id="R7e53e9f5d9fd470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2877801194ed4dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/265abb0944504c94b882e50b0e1ff66a.psmdcp" Id="Rd97ecd0eeeb44297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>