--- v1 (2025-12-17)
+++ v2 (2026-02-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2877801194ed4dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/265abb0944504c94b882e50b0e1ff66a.psmdcp" Id="Rd97ecd0eeeb44297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e70560125574bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1ed63914eb7449bba45c5f6e9cff0f3.psmdcp" Id="R30db28850f2b47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>