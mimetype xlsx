--- v2 (2026-02-09)
+++ v3 (2026-03-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e70560125574bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1ed63914eb7449bba45c5f6e9cff0f3.psmdcp" Id="R30db28850f2b47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf199d8dbe3794b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da851fed00514b0da93c4c843a3c0ba8.psmdcp" Id="R842a8e57a47b42c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Women's U-17" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Uniform</x:t>
   </x:si>
   <x:si>
     <x:t>Position</x:t>
   </x:si>
   <x:si>